--- v0 (2025-11-04)
+++ v1 (2026-01-05)
@@ -174,53 +174,53 @@
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{EB8C781C-5F8F-0445-8DFF-8D3E99349A49}" v="22" dt="2025-03-17T18:12:13.007"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="17524"/>
+    <p:restoredLeft sz="17535"/>
     <p:restoredTop sz="94704"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="61" d="100"/>
           <a:sy n="61" d="100"/>
         </p:scale>
         <p:origin x="344" y="504"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
@@ -294,51 +294,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E33C02C8-F2F7-C04E-8E62-DA6BD5752347}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/27/25</a:t>
+              <a:t>11/10/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-26988" y="1143000"/>
             <a:ext cx="6911976" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -736,51 +736,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{413C17A9-A8F2-ED40-9869-EFF361AA7AED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/27/25</a:t>
+              <a:t>11/10/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -906,51 +906,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{413C17A9-A8F2-ED40-9869-EFF361AA7AED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/27/25</a:t>
+              <a:t>11/10/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1086,51 +1086,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{413C17A9-A8F2-ED40-9869-EFF361AA7AED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/27/25</a:t>
+              <a:t>11/10/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1256,51 +1256,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{413C17A9-A8F2-ED40-9869-EFF361AA7AED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/27/25</a:t>
+              <a:t>11/10/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1502,51 +1502,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{413C17A9-A8F2-ED40-9869-EFF361AA7AED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/27/25</a:t>
+              <a:t>11/10/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1734,51 +1734,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{413C17A9-A8F2-ED40-9869-EFF361AA7AED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/27/25</a:t>
+              <a:t>11/10/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2101,51 +2101,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{413C17A9-A8F2-ED40-9869-EFF361AA7AED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/27/25</a:t>
+              <a:t>11/10/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2219,51 +2219,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{413C17A9-A8F2-ED40-9869-EFF361AA7AED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/27/25</a:t>
+              <a:t>11/10/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2314,51 +2314,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{413C17A9-A8F2-ED40-9869-EFF361AA7AED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/27/25</a:t>
+              <a:t>11/10/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2591,51 +2591,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{413C17A9-A8F2-ED40-9869-EFF361AA7AED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/27/25</a:t>
+              <a:t>11/10/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2848,51 +2848,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{413C17A9-A8F2-ED40-9869-EFF361AA7AED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/27/25</a:t>
+              <a:t>11/10/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3065,51 +3065,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="1762076" y="10602746"/>
             <a:ext cx="5766792" cy="609049"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2002">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{413C17A9-A8F2-ED40-9869-EFF361AA7AED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/27/25</a:t>
+              <a:t>11/10/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8490000" y="10602746"/>
             <a:ext cx="8650188" cy="609049"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3458,51 +3458,51 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="6101243" algn="l" defTabSz="1525311" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="3003" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="TextBox 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{865B53D9-BFB3-F2D1-D83D-AF3FF243D4E4}"/>
@@ -3745,90 +3745,83 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Graphic 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B831D842-FDDC-4CCC-C5F7-318ABB5F4C24}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noCrop="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...8 lines deleted...]
-          </a:stretch>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-1"/>
-            <a:ext cx="25641484" cy="11439525"/>
+            <a:off x="17859" y="-1"/>
+            <a:ext cx="25605766" cy="11439525"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Graphic 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{587126EE-9C93-0D25-A356-3199FB6DB8BB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9566256" y="922772"/>
             <a:ext cx="14973688" cy="8031340"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3968030098"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>